--- v0 (2025-10-08)
+++ v1 (2026-01-05)
@@ -1,392 +1,402 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7B699377" w14:textId="77777777" w:rsidR="00D03F0D" w:rsidRPr="00E371A6" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
+    <w:p w14:paraId="7B699377" w14:textId="0FA5481E" w:rsidR="00D03F0D" w:rsidRPr="00E371A6" w:rsidRDefault="002E6B6F" w:rsidP="00AA68E6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E88E46E" wp14:editId="24B03198">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E88E46E" wp14:editId="1FA61E6A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>50478</wp:posOffset>
+                  <wp:posOffset>34290</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>146109</wp:posOffset>
+                  <wp:posOffset>146050</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6278656" cy="950595"/>
+                <wp:extent cx="6278245" cy="950595"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Textové pole 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6278656" cy="950595"/>
+                          <a:ext cx="6278245" cy="950595"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="539EF4C1" w14:textId="77777777" w:rsidR="00D03F0D" w:rsidRPr="00CA72FF" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
+                          <w:p w14:paraId="539EF4C1" w14:textId="405246A4" w:rsidR="00D03F0D" w:rsidRPr="00052AAA" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
                             <w:pPr>
                               <w:pStyle w:val="mJournalHomePageLink"/>
                               <w:spacing w:before="1000" w:after="180"/>
+                              <w:rPr>
+                                <w:color w:val="1F4E79"/>
+                              </w:rPr>
                             </w:pPr>
+                            <w:bookmarkStart w:id="0" w:name="_Hlk216196289"/>
+                            <w:bookmarkStart w:id="1" w:name="_Hlk216196290"/>
                             <w:r>
                               <w:t xml:space="preserve">     </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00530D0A">
                               <w:t xml:space="preserve">Journal homepage:  </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId8" w:history="1">
-                              <w:r w:rsidRPr="00E41F5C">
+                              <w:r w:rsidR="0008370D" w:rsidRPr="00052AAA">
                                 <w:rPr>
-                                  <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:color w:val="1F4E79"/>
+                                  <w:u w:val="none"/>
                                 </w:rPr>
-                                <w:t>https://content.sciendo.com</w:t>
+                                <w:t>https://reference-global.com/journal/MSR</w:t>
                               </w:r>
+                              <w:bookmarkEnd w:id="0"/>
+                              <w:bookmarkEnd w:id="1"/>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3E88E46E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textové pole 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:3.95pt;margin-top:11.5pt;width:494.4pt;height:74.85pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiWySn/AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0tu2zAQ3RfoHQjua9mG5cSC5SBNkKJA&#10;+gGSHmBMURZRicMOaUvpjXqOXixDynHddld0Q3A+fPPmzXB9NXStOGjyBm0pZ5OpFNoqrIzdlfLL&#10;492bSyl8AFtBi1aX8kl7ebV5/Wrdu0LPscG20iQYxPqid6VsQnBFlnnV6A78BJ22HKyROghs0i6r&#10;CHpG79psPp0usx6pcoRKe8/e2zEoNwm/rrUKn+ra6yDaUjK3kE5K5zae2WYNxY7ANUYdacA/sOjA&#10;WC56grqFAGJP5i+ozihCj3WYKOwyrGujdOqBu5lN/+jmoQGnUy8sjncnmfz/g1UfD59JmKqUuRQW&#10;Oh7Rox4CHn7+EA5bLeZRot75gjMfHOeG4S0OPOrUrnf3qL56YfGmAbvT10TYNxoqpjiLL7OzpyOO&#10;jyDb/gNWXAv2ARPQUFMX9WNFBKPzqJ5O42E+QrFzOb+4XOZLKRTHVvk0X+WpBBQvrx358E5jJ+Kl&#10;lMTjT+hwuPchsoHiJSUWs3hn2jatQGt/c3Bi9CT2kfBIPQzb4ajGFqsn7oNw3Cj+AXxpkL5L0fM2&#10;ldJ/2wNpKdr3lrVYzRaLuH7JWOQXczboPLI9j4BVDFXKIMV4vQnjyu4dmV3DlUb1LV6zfrVJrUWh&#10;R1ZH3rwxqePjdseVPLdT1q8/uHkGAAD//wMAUEsDBBQABgAIAAAAIQDmb23a3AAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Ha5G4UZsATZPGqRCIK6gFKvXmxtskaryOYrcJf89y&#10;guNqnmbfFOvJdeKCQ2g9abibKxBIlbct1Ro+P15vlyBCNGRN5wk1fGOAdTm7Kkxu/UgbvGxjLbiE&#10;Qm40NDH2uZShatCZMPc9EmdHPzgT+RxqaQczcrnrZKLUQjrTEn9oTI/PDVan7dlp+Ho77ncP6r1+&#10;cY/96CclyWVS65vr6WkFIuIU/2D41Wd1KNnp4M9kg+g0pBmDGpJ7XsRxli1SEAfm0iQFWRby/4Dy&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJbJKf8AQAAywMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOZvbdrcAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAVgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Textové pole 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:2.7pt;margin-top:11.5pt;width:494.35pt;height:74.85pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO4A85/AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0tu2zAQ3RfoHQjua9mCncSC5SBNkKJA&#10;+gGSHmBMURZRicMOaUvujXqOXixDynHddld0Q3A+fPPmzXB1PXSt2GvyBm0pZ5OpFNoqrIzdlvLL&#10;0/2bKyl8AFtBi1aX8qC9vF6/frXqXaFzbLCtNAkGsb7oXSmbEFyRZV41ugM/QactB2ukDgKbtM0q&#10;gp7RuzbLp9OLrEeqHKHS3rP3bgzKdcKva63Cp7r2Ooi2lMwtpJPSuYlntl5BsSVwjVFHGvAPLDow&#10;loueoO4ggNiR+QuqM4rQYx0mCrsM69oonXrgbmbTP7p5bMDp1AuL491JJv//YNXH/WcSpirlQgoL&#10;HY/oSQ8B9z9/CIetFnmUqHe+4MxHx7lheIsDjzq1690Dqq9eWLxtwG71DRH2jYaKKc7iy+zs6Yjj&#10;I8im/4AV14JdwAQ01NRF/VgRweg8qsNpPMxHKHZe5JdX+Zx5Ko4tF9PFcpFKQPHy2pEP7zR2Il5K&#10;STz+hA77Bx8iGyheUmIxi/embdMKtPY3BydGT2IfCY/Uw7AZjmpssDpwH4TjRvEP4EuD9F2Knrep&#10;lP7bDkhL0b63rMVyNp/H9UvGfHGZs0Hnkc15BKxiqFIGKcbrbRhXdufIbBuuNKpv8Yb1q01qLQo9&#10;sjry5o1JHR+3O67kuZ2yfv3B9TMAAAD//wMAUEsDBBQABgAIAAAAIQDeNva63QAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SP0Ha5DYUbshpSTEqRCILajlIbFz42kSNR5HsduEv+90&#10;BcvRPbpzbrGeXCdOOITWk4bFXIFAqrxtqdbw+fF6+wAiREPWdJ5Qwy8GWJezq8Lk1o+0wdM21oJL&#10;KORGQxNjn0sZqgadCXPfI3G294Mzkc+hlnYwI5e7TiZK3UtnWuIPjenxucHqsD06DV9v+5/vVL3X&#10;L27Zj35Sklwmtb65np4eQUSc4h8MF31Wh5Kddv5INohOwzJlUENyx4s4zrJ0AWLH3CpZgSwL+X9A&#10;eQYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBO4A85/AEAAMsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDeNva63QAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="539EF4C1" w14:textId="77777777" w:rsidR="00D03F0D" w:rsidRPr="00CA72FF" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
+                    <w:p w14:paraId="539EF4C1" w14:textId="405246A4" w:rsidR="00D03F0D" w:rsidRPr="00052AAA" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
                       <w:pPr>
                         <w:pStyle w:val="mJournalHomePageLink"/>
                         <w:spacing w:before="1000" w:after="180"/>
+                        <w:rPr>
+                          <w:color w:val="1F4E79"/>
+                        </w:rPr>
                       </w:pPr>
+                      <w:bookmarkStart w:id="2" w:name="_Hlk216196289"/>
+                      <w:bookmarkStart w:id="3" w:name="_Hlk216196290"/>
                       <w:r>
                         <w:t xml:space="preserve">     </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00530D0A">
                         <w:t xml:space="preserve">Journal homepage:  </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId9" w:history="1">
-                        <w:r w:rsidRPr="00E41F5C">
+                        <w:r w:rsidR="0008370D" w:rsidRPr="00052AAA">
                           <w:rPr>
-                            <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:color w:val="1F4E79"/>
+                            <w:u w:val="none"/>
                           </w:rPr>
-                          <w:t>https://content.sciendo.com</w:t>
+                          <w:t>https://reference-global.com/journal/MSR</w:t>
                         </w:r>
+                        <w:bookmarkEnd w:id="2"/>
+                        <w:bookmarkEnd w:id="3"/>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4B2D26" w14:textId="77777777" w:rsidR="00D03F0D" w:rsidRPr="00E371A6" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
+    <w:p w14:paraId="1C4B2D26" w14:textId="776F9B49" w:rsidR="00D03F0D" w:rsidRPr="00E371A6" w:rsidRDefault="00D03F0D" w:rsidP="00AA68E6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="166B61B3" wp14:editId="308FBC76">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="166B61B3" wp14:editId="6F9ED89F">
+            <wp:extent cx="6341349" cy="950595"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="1905"/>
             <wp:docPr id="6" name="Obrázok 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="6" name="Tnew.tif"/>
+                    <pic:cNvPr id="6" name="Obrázok 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6371590" cy="950595"/>
+                      <a:ext cx="6341349" cy="950595"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E71A60" w14:textId="62BD1F81" w:rsidR="008479CD" w:rsidRPr="00E371A6" w:rsidRDefault="008479CD" w:rsidP="008479CD">
+    <w:p w14:paraId="08E71A60" w14:textId="422A6B0A" w:rsidR="008479CD" w:rsidRPr="00E371A6" w:rsidRDefault="008479CD" w:rsidP="008479CD">
       <w:pPr>
         <w:pStyle w:val="mProof"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B0FDA75" w14:textId="6803C3D2" w:rsidR="00AA3959" w:rsidRPr="00E371A6" w:rsidRDefault="00AA3959" w:rsidP="00F02D91">
+    <w:p w14:paraId="0B0FDA75" w14:textId="45BB3E2B" w:rsidR="00AA3959" w:rsidRPr="00E371A6" w:rsidRDefault="00AA3959" w:rsidP="00F02D91">
       <w:pPr>
         <w:pStyle w:val="mTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:t>Template for</w:t>
       </w:r>
       <w:r w:rsidR="00BB0540" w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001453B2">
         <w:t>Online Journal</w:t>
       </w:r>
       <w:r w:rsidR="001453B2" w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk187300913"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk187300913"/>
       <w:r w:rsidR="009A507B">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="001453B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00E371A6">
         <w:t>Measurement Science Revi</w:t>
       </w:r>
       <w:r w:rsidR="00737FEF">
         <w:t>ew</w:t>
       </w:r>
       <w:r w:rsidR="001453B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DFCAFEA" w14:textId="5BB31BBE" w:rsidR="000405AD" w:rsidRDefault="000405AD" w:rsidP="000405AD">
+    <w:p w14:paraId="7DFCAFEA" w14:textId="290C80FC" w:rsidR="000405AD" w:rsidRDefault="000405AD" w:rsidP="000405AD">
       <w:pPr>
         <w:pStyle w:val="mAuthors"/>
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>Forename</w:t>
       </w:r>
       <w:r w:rsidR="0059437E">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000405AD">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
       <w:r w:rsidR="0059437E">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="000405AD">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D0725F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000405AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
+        </w:rPr>
+        <w:t>Forename</w:t>
+      </w:r>
+      <w:r w:rsidR="0059437E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="0059437E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000405AD">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="000405AD">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0011032C">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>, Forename</w:t>
       </w:r>
       <w:r w:rsidR="0059437E">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t xml:space="preserve"> Surname</w:t>
       </w:r>
       <w:r w:rsidR="0059437E">
         <w:rPr>
           <w:rFonts w:eastAsia="NimbusRomNo9L-Regu"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
@@ -1226,100 +1236,100 @@
         </w:rPr>
         <w:t>9780534167035</w:t>
       </w:r>
       <w:r w:rsidRPr="00A170D9">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086FAC76" w14:textId="77777777" w:rsidR="00983945" w:rsidRDefault="00983945" w:rsidP="007E248B">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3881F945" w14:textId="16E659D7" w:rsidR="00A47B25" w:rsidRPr="003F5293" w:rsidRDefault="00A47B25" w:rsidP="004C7249">
+    <w:p w14:paraId="3881F945" w14:textId="2D7F8E33" w:rsidR="00A47B25" w:rsidRPr="003F5293" w:rsidRDefault="00A47B25" w:rsidP="004C7249">
       <w:pPr>
         <w:pStyle w:val="mReceivedAccepted"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7249">
         <w:t>Received</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F5293">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>January xx, 202</w:t>
       </w:r>
-      <w:r w:rsidR="0032378A">
+      <w:r w:rsidR="0011032C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D448EE6" w14:textId="6022ACEC" w:rsidR="00A47B25" w:rsidRDefault="00A47B25" w:rsidP="004C7249">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D448EE6" w14:textId="5193BEF6" w:rsidR="00A47B25" w:rsidRDefault="00A47B25" w:rsidP="004C7249">
       <w:pPr>
         <w:pStyle w:val="mReceivedAccepted"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7249">
         <w:t>Accepted</w:t>
       </w:r>
       <w:r w:rsidRPr="003F5293">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> xx xx, 202</w:t>
       </w:r>
-      <w:r w:rsidR="0032378A">
+      <w:r w:rsidR="0011032C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251A6A3E" w14:textId="2D90297D" w:rsidR="00C929AF" w:rsidRDefault="00C929AF" w:rsidP="00E455C4">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D441B90" w14:textId="2908E91D" w:rsidR="00932F06" w:rsidRDefault="00932F06" w:rsidP="00E455C4">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E3D965" w14:textId="77777777" w:rsidR="00D90987" w:rsidRDefault="00D90987" w:rsidP="00E455C4">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
@@ -1366,60 +1376,60 @@
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11070A36" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mTitle"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>MSR - Instructions and Examples for Authors</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561F85E5" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mTitle"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12607896" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mSectionBreak"/>
-        <w:sectPr w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidSect="00E950DB">
+        <w:sectPr w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidSect="00D928A7">
           <w:headerReference w:type="even" r:id="rId22"/>
           <w:footerReference w:type="even" r:id="rId23"/>
           <w:footerReference w:type="default" r:id="rId24"/>
           <w:headerReference w:type="first" r:id="rId25"/>
           <w:footerReference w:type="first" r:id="rId26"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="936" w:bottom="1418" w:left="936" w:header="431" w:footer="431" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
+          <w:pgNumType w:start="2"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19FED688" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="004C7249" w:rsidRDefault="00E950DB" w:rsidP="000B037C">
       <w:pPr>
         <w:pStyle w:val="mHeading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7249">
         <w:t>Abbreviations and acronyms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6078D02F" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve">Define abbreviations, symbols and acronyms the first time they are used in the text, even </w:t>
       </w:r>
@@ -2678,50 +2688,97 @@
             <w:pPr>
               <w:pStyle w:val="mTextInTable"/>
             </w:pPr>
             <w:r w:rsidRPr="00E371A6">
               <w:t>References</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7311FAE2" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00A015EA">
             <w:pPr>
               <w:pStyle w:val="mTextInTable"/>
               <w:tabs>
                 <w:tab w:val="decimal" w:pos="255"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00E371A6">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00D6552F" w:rsidRPr="00E371A6" w14:paraId="12F580BF" w14:textId="77777777" w:rsidTr="00A015EA">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B361630" w14:textId="48DA67D5" w:rsidR="00D6552F" w:rsidRPr="00E371A6" w:rsidRDefault="00D6552F" w:rsidP="00A015EA">
+            <w:pPr>
+              <w:pStyle w:val="mTextInTable"/>
+            </w:pPr>
+            <w:r>
+              <w:t>m_Figure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FDE430" w14:textId="05872D73" w:rsidR="00D6552F" w:rsidRPr="00E371A6" w:rsidRDefault="00D6552F" w:rsidP="00A015EA">
+            <w:pPr>
+              <w:pStyle w:val="mTextInTable"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Figure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B27DA7C" w14:textId="1DA06DB8" w:rsidR="00D6552F" w:rsidRPr="00E371A6" w:rsidRDefault="00D6552F" w:rsidP="00A015EA">
+            <w:pPr>
+              <w:pStyle w:val="mTextInTable"/>
+              <w:tabs>
+                <w:tab w:val="decimal" w:pos="255"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00E950DB" w:rsidRPr="00E371A6" w14:paraId="3AFD2E6A" w14:textId="77777777" w:rsidTr="00A015EA">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74231C1B" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00A015EA">
             <w:pPr>
               <w:pStyle w:val="mTextInTable"/>
             </w:pPr>
             <w:r w:rsidRPr="00E371A6">
               <w:t>m_CaptionFigure_SingleLine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01FA3252" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00A015EA">
             <w:pPr>
               <w:pStyle w:val="mTextInTable"/>
             </w:pPr>
@@ -2966,64 +3023,64 @@
       </w:pPr>
       <w:r w:rsidRPr="000A6E4C">
         <w:t xml:space="preserve">Center figures and tables in a given column. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A547A7B" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000A6E4C">
         <w:t xml:space="preserve">Set the figure layout to “In line with text”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35EB7B81" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000A6E4C">
         <w:t>Do not put any figures or subfigures in tables.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25EDCDE5" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="000A6E4C" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk187411928"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk187411928"/>
       <w:r w:rsidRPr="000A6E4C">
         <w:t xml:space="preserve">Do not put any text in “text boxes” linked to the figures. The texts in the figure must be part of the figure, see Fig. 1. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F008F5A" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="000A6E4C" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000A6E4C">
         <w:t>Make sure that each figure is only one object, not composed of several objects.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="43883C46" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="000A6E4C" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000A6E4C">
         <w:t>Large figures and tables may span both columns, see Fig. </w:t>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6E4C">
         <w:t xml:space="preserve"> and Table 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7D1555" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="000A6E4C" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="000A6E4C">
         <w:t xml:space="preserve">All figures and tables must be numbered using Arabic numerals, consecutively in the order they appear in your paper. Figures have their own sequence of numbers starting from Fig. 1. Tables have their own sequence of numbers starting from Table 1. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A837CB" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="000A6E4C" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
@@ -4097,51 +4154,51 @@
             <w:r w:rsidRPr="00E371A6">
               <w:t>4.9 -</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E371A6">
               <w:t>8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2883A902" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DF78BB4" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
-        <w:pStyle w:val="mParagraphWithFigure"/>
+        <w:pStyle w:val="mFigure"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:rPr>
           <w:lang w:val="sk-SK" w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B99664B" wp14:editId="4981F1F8">
             <wp:extent cx="2628000" cy="1358625"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="2" name="Picture 1" descr="Snimac_revised"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Snimac_revised"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27">
                       <a:extLst>
@@ -4172,51 +4229,51 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB76F1C" w14:textId="5668AAC5" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mCaptionFigureMultiLines"/>
       </w:pPr>
       <w:r w:rsidRPr="003F5293">
         <w:t>Fig. 1.</w:t>
       </w:r>
       <w:r>
         <w:t>  </w:t>
       </w:r>
       <w:r w:rsidRPr="003F5293">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> designed structure based on ABC technology, very useful for applications in industrial measurements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D4073A" w14:textId="77777777" w:rsidR="00C35309" w:rsidRDefault="00C35309" w:rsidP="00C35309">
       <w:pPr>
-        <w:pStyle w:val="mParagraphWitSubFigure"/>
+        <w:pStyle w:val="mSubFigure"/>
       </w:pPr>
       <w:r w:rsidRPr="00337B24">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CE06E4F" wp14:editId="1B340FD7">
             <wp:extent cx="1548000" cy="986434"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="17" name="Obrázek 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId28" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -4238,51 +4295,51 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="16260AD3" w14:textId="77777777" w:rsidR="00C35309" w:rsidRPr="007A7B2B" w:rsidRDefault="00C35309" w:rsidP="00C35309">
       <w:pPr>
         <w:pStyle w:val="mCaptionSubFigure"/>
       </w:pPr>
       <w:r>
         <w:t>(a)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C79F075" w14:textId="77777777" w:rsidR="00C35309" w:rsidRDefault="00C35309" w:rsidP="00C35309">
       <w:pPr>
-        <w:pStyle w:val="mParagraphWitSubFigure"/>
+        <w:pStyle w:val="mSubFigure"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00337B24">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D666524" wp14:editId="4B5A31A3">
             <wp:extent cx="3096000" cy="971150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Obrázek 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId28" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -4301,214 +4358,238 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0A8DFE" w14:textId="77777777" w:rsidR="00C35309" w:rsidRPr="00E3332A" w:rsidRDefault="00C35309" w:rsidP="00C35309">
       <w:pPr>
         <w:pStyle w:val="mCaptionSubFigure"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                            (b)                                                   (c)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="12680B9E" w14:textId="6FB27185" w:rsidR="00E950DB" w:rsidRDefault="00C35309" w:rsidP="00C35309">
+        <w:t xml:space="preserve">                            (b)                                                </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>c)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12680B9E" w14:textId="0D7C961E" w:rsidR="00E950DB" w:rsidRDefault="00C35309" w:rsidP="00C35309">
       <w:pPr>
         <w:pStyle w:val="mCaptionFigureMultiLines"/>
         <w:spacing w:after="0"/>
         <w:sectPr w:rsidR="00E950DB" w:rsidSect="00C32D7A">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="936" w:bottom="1418" w:left="936" w:header="431" w:footer="431" w:gutter="0"/>
           <w:cols w:num="2" w:space="284"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00337B24">
         <w:t>Fig. </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00337B24">
         <w:t xml:space="preserve">.  Visualization of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00337B24">
         <w:t xml:space="preserve">analysis of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00337B24">
         <w:t xml:space="preserve">measured distances </w:t>
       </w:r>
       <w:r w:rsidRPr="00337B24">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00337B24">
         <w:t xml:space="preserve">x for all tested persons: box-plots of basic statistical parameters per </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t>finger</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
-        <w:t xml:space="preserve"> (a), relative percentage </w:t>
+        <w:t xml:space="preserve"> (a) relative percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>RE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F05282">
-        <w:rPr>
+      <w:r w:rsidRPr="0069185D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>Dx</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069185D">
+        <w:rPr>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t xml:space="preserve"> errors for {min, max, and mean} </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t>x values</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
-        <w:t xml:space="preserve"> (b), relative </w:t>
+        <w:t xml:space="preserve"> (b) relative </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>RE</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>PWV</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t xml:space="preserve"> errors for PTT = {15, 25, and 35} ms, using mean </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t>x values</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
-        <w:t xml:space="preserve"> (c); absolute measurement error of </w:t>
+        <w:t xml:space="preserve"> (c) absolute measurement error of </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t xml:space="preserve">x: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AE</w:t>
       </w:r>
+      <w:r w:rsidRPr="0069185D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>Dx</w:t>
+        <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t xml:space="preserve"> = 5</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05282">
         <w:t>mm in all cases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C9256E2" w14:textId="726A42FF" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
-        <w:pStyle w:val="mParagraphWitSubFigure"/>
+        <w:pStyle w:val="mSubFigure"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12442C65" w14:textId="77777777" w:rsidR="00C35309" w:rsidRPr="00C022D3" w:rsidRDefault="00C35309" w:rsidP="00C35309">
       <w:pPr>
-        <w:pStyle w:val="mParagraphWithFigure"/>
+        <w:pStyle w:val="mFigure"/>
       </w:pPr>
       <w:r w:rsidRPr="00337B24">
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1649E98C" wp14:editId="4846340B">
             <wp:extent cx="5004000" cy="1085840"/>
             <wp:effectExtent l="0" t="0" r="6350" b="635"/>
             <wp:docPr id="25" name="Obrázek 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId29" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -4688,51 +4769,51 @@
         <w:tblW w:w="4860" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4463"/>
         <w:gridCol w:w="397"/>
       </w:tblGrid>
       <w:tr w:rsidR="00050D12" w14:paraId="6C9648B3" w14:textId="77777777" w:rsidTr="00717E26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4463" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2387B4BC" w14:textId="77777777" w:rsidR="00050D12" w:rsidRPr="00D86513" w:rsidRDefault="009476F1" w:rsidP="00E5155E">
+          <w:p w14:paraId="2387B4BC" w14:textId="6EBD7207" w:rsidR="00050D12" w:rsidRPr="00D86513" w:rsidRDefault="002674FA" w:rsidP="00E5155E">
             <w:pPr>
               <w:pStyle w:val="mText"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <m:oMathPara>
               <m:oMathParaPr>
                 <m:jc m:val="center"/>
               </m:oMathParaPr>
               <m:oMath>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:sSub>
                       <m:sSubPr>
                         <m:ctrlPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -4822,54 +4903,63 @@
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math"/>
                   </w:rPr>
                   <m:t>&gt;2</m:t>
                 </m:r>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
+                      <m:rPr>
+                        <m:sty m:val="p"/>
+                      </m:rPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math"/>
                       </w:rPr>
-                      <m:t xml:space="preserve">max </m:t>
+                      <m:t>max</m:t>
+                    </m:r>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math"/>
+                      </w:rPr>
+                      <m:t xml:space="preserve"> </m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>⟹</m:t>
                 </m:r>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math"/>
                       </w:rPr>
                       <m:t>E</m:t>
                     </m:r>
@@ -4989,180 +5079,193 @@
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00E371A6">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="009B3FD6">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00E371A6">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73B28AE7" w14:textId="77777777" w:rsidR="00050D12" w:rsidRDefault="00050D12" w:rsidP="00050D12">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="408" w:hanging="204"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="529C84F9" w14:textId="0BB0C85F" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
+    <w:p w14:paraId="529C84F9" w14:textId="7F66680F" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve">where </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F660CC">
-[...5 lines deleted...]
-      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          </w:rPr>
+          <m:t>Q</m:t>
+        </m:r>
+      </m:oMath>
       <w:r>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve">… and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F660CC">
-[...5 lines deleted...]
-      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          </w:rPr>
+          <m:t>L</m:t>
+        </m:r>
+      </m:oMath>
       <w:r>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A630A7" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve">Ensure that </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1C50">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>all symbols</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> in your equation have been </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1C50">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>defined</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> before the equation appears or immediately following it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7181C261" w14:textId="77777777" w:rsidR="00CF1C50" w:rsidRDefault="00CF1C50" w:rsidP="00C3026F">
+    <w:p w14:paraId="7181C261" w14:textId="247806FA" w:rsidR="00CF1C50" w:rsidRDefault="00CF1C50" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Use italics for variables (e.g., </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          </w:rPr>
+          <m:t>x</m:t>
+        </m:r>
+      </m:oMath>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          </w:rPr>
+          <m:t>y</m:t>
+        </m:r>
+      </m:oMath>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          </w:rPr>
+          <m:t>n</m:t>
+        </m:r>
+      </m:oMath>
       <w:r>
         <w:t xml:space="preserve">), but not for numbers or standard functions like sin, log, or lim. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0AF894" w14:textId="128983CA" w:rsidR="00CF1C50" w:rsidRDefault="00CF1C50" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mathematical symbols such as =, +, ≤, Σ, ∫ should be properly spaced and aligned for readability. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB7C9C1" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
-        <w:t>Refer to „(1)“, not „Eq. (1)“ nor „equation (1)“, except at the beginning of a</w:t>
+        <w:t xml:space="preserve">Refer to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E371A6">
+        <w:t>„(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E371A6">
+        <w:t>1)“, not „Eq. (1)“ nor „equation (1)“, except at the beginning of a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t>sentence: „Equation (1) is ... .“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E91BC3A" w14:textId="25190A10" w:rsidR="00E950DB" w:rsidRPr="004C7249" w:rsidRDefault="00C35309" w:rsidP="004C7249">
       <w:pPr>
         <w:pStyle w:val="mHeading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk96102836"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk96102836"/>
       <w:r>
         <w:t xml:space="preserve">Algorithms, </w:t>
       </w:r>
       <w:r w:rsidR="00CF1C50">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00E950DB" w:rsidRPr="004C7249">
         <w:t>rograms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EEB951" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00E371A6" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mCaptionCodeSingleLine"/>
       </w:pPr>
       <w:r w:rsidRPr="003F5293">
         <w:t>Code 1.  Source</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code caption.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C480D66" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00AC5A78" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mCodes"/>
       </w:pPr>
@@ -5278,51 +5381,51 @@
       <w:r w:rsidRPr="00AC5A78">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AC5A78">
         <w:tab/>
         <w:t>//Toggle P3.0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B227CD6" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00AC5A78" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mCodes"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC5A78">
         <w:tab/>
         <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051C09B8" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00190F47" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mCodes"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC5A78">
         <w:t>}</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="5E4E0B67" w14:textId="4D0D564E" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00C3026F">
       <w:pPr>
         <w:pStyle w:val="mListBullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve">If necessary, include parts or entire texts of your </w:t>
       </w:r>
       <w:r w:rsidR="00C35309">
         <w:t xml:space="preserve">algorithms or </w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t>programs following the “m_Codes” style using the “New Courier” font</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with caption </w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t>“m_</w:t>
       </w:r>
       <w:r>
         <w:t>Caption</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t>Code</w:t>
       </w:r>
@@ -5582,69 +5685,51 @@
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve">Compact vibration measuring system for in-vehicle applications. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0C0B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Measurement Science Review,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E371A6">
         <w:t xml:space="preserve"> 11 (5), 154-</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF365D">
         <w:t xml:space="preserve">159. </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00FB73A2">
           <w:rPr>
             <w:rFonts w:eastAsia="MS Mincho"/>
             <w:noProof/>
             <w:color w:val="1F4E79"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
-          <w:t>https://doi.or</w:t>
-[...17 lines deleted...]
-          <w:t>/10.2478/v10048-011-0030-1</w:t>
+          <w:t>https://doi.org/10.2478/v10048-011-0030-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008B59B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF86503" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00F938BD" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E371A6">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Kleiner, F.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5781,69 +5866,51 @@
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Harcourt College Publishers, ISBN 9780534167035.</w:t>
       </w:r>
       <w:r w:rsidRPr="00235EB8">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ISBN or DOI link at the end of reference like</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00FB73A2">
           <w:rPr>
             <w:rFonts w:eastAsia="MS Mincho"/>
             <w:noProof/>
             <w:color w:val="1F4E79"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
-          <w:t>https://doi.or</w:t>
-[...17 lines deleted...]
-          <w:t>/10.1109/5.771073</w:t>
+          <w:t>https://doi.org/10.1109/5.771073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008B59B7">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5347E8E0" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00F32881" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F938BD">
         <w:t>Roll, W.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F938BD">
         <w:t xml:space="preserve">P. (1976). ESP and memory. In </w:t>
@@ -5903,51 +5970,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="08BDA97A" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="00F938BD">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00F938BD">
         <w:t xml:space="preserve">ield, G. (2001). Rethinking reference rethought. In </w:t>
       </w:r>
       <w:r w:rsidRPr="007C0542">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Revelling in Reference: Reference and Information Services Section Symposium</w:t>
       </w:r>
       <w:r w:rsidRPr="00F938BD">
         <w:t xml:space="preserve">. Australian Library and Information Association, 46-52. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1B6776" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00333686" w:rsidRDefault="009476F1" w:rsidP="00E950DB">
+    <w:p w14:paraId="6F1B6776" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRPr="00333686" w:rsidRDefault="002674FA" w:rsidP="00E950DB">
       <w:pPr>
         <w:pStyle w:val="mReferences"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00E950DB" w:rsidRPr="00FB73A2">
           <w:rPr>
             <w:rFonts w:eastAsia="MS Mincho"/>
             <w:noProof/>
             <w:color w:val="1F4E79"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>https://doi.org/10.1109/5.771073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E950DB" w:rsidRPr="00333686">
         <w:rPr>
           <w:color w:val="auto"/>
@@ -6101,163 +6168,163 @@
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7249">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00932F06" w:rsidRPr="00FB73A2" w:rsidSect="009A7B58">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="936" w:bottom="1418" w:left="936" w:header="431" w:footer="431" w:gutter="0"/>
       <w:cols w:num="2" w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72E11AEB" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1">
+    <w:p w14:paraId="5EF81009" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D2B051" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1"/>
+    <w:p w14:paraId="6D8C0F05" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6ADE5252" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1">
+    <w:p w14:paraId="12AE6E8D" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E08FF9C" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1"/>
+    <w:p w14:paraId="48D3DB42" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NimbusRomNo9L-Regu">
-    <w:altName w:val="Yu Gothic"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2AA2D945" w14:textId="77777777" w:rsidR="00AA3959" w:rsidRDefault="00AA3959" w:rsidP="003A0747">
     <w:pPr>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4475F5DF" w14:textId="77777777" w:rsidR="00AA3959" w:rsidRDefault="00AA3959"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6286,115 +6353,131 @@
     <w:r w:rsidRPr="001B60E1">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00CA7B5A">
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="001B60E1">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3FE834F1" w14:textId="7FE165E6" w:rsidR="008D405D" w:rsidRDefault="009476F1" w:rsidP="00E802BB">
+  <w:p w14:paraId="3FE834F1" w14:textId="24FCA2ED" w:rsidR="008D405D" w:rsidRDefault="002674FA" w:rsidP="00E802BB">
     <w:pPr>
       <w:pStyle w:val="mFooterDOI"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="5103"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:ind w:right="8108"/>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00D00B61" w:rsidRPr="00D00B61">
+      <w:r w:rsidR="0011032C" w:rsidRPr="00D33267">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="1F4E79"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>DOI: 10.2478/mr-2025-00xx</w:t>
+        <w:t>DOI: 10.2478/mr-2026-00xx</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00AB2036">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AB2036" w:rsidRPr="00AB2036">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AB2036" w:rsidRPr="003F5293">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve">*Corresponding author: </w:t>
     </w:r>
     <w:r w:rsidR="00D90987" w:rsidRPr="00D7720F">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F4E79"/>
       </w:rPr>
-      <w:t>authorA@institution.edu</w:t>
+      <w:t>author</w:t>
+    </w:r>
+    <w:r w:rsidR="0011032C">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F4E79"/>
+      </w:rPr>
+      <w:t>B</w:t>
+    </w:r>
+    <w:r w:rsidR="00D90987" w:rsidRPr="00D7720F">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F4E79"/>
+      </w:rPr>
+      <w:t>@institution.edu</w:t>
     </w:r>
     <w:r w:rsidR="00AB2036" w:rsidRPr="00D7720F">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F4E79"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AB2036" w:rsidRPr="003F5293">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t>(F. Surname</w:t>
     </w:r>
-    <w:r w:rsidR="00D90987">
+    <w:r w:rsidR="0011032C">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
     <w:r w:rsidR="00AB2036" w:rsidRPr="003F5293">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidR="00AB2036" w:rsidRPr="00E802BB">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AB2036">
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A43DB77" w14:textId="40FABB17" w:rsidR="00AA3959" w:rsidRPr="00175DE6" w:rsidRDefault="00AE455A" w:rsidP="002C5032">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -6529,225 +6612,222 @@
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="60C0C742" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59CAB7C7" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1">
+    <w:p w14:paraId="6C48F161" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F94135" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1"/>
+    <w:p w14:paraId="4560F8C5" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F6E5286" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1">
+    <w:p w14:paraId="5B06ABC3" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666095D3" w14:textId="77777777" w:rsidR="009476F1" w:rsidRDefault="009476F1"/>
+    <w:p w14:paraId="29F84D67" w14:textId="77777777" w:rsidR="002674FA" w:rsidRDefault="002674FA"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="34C30E4A" w14:textId="583F1E77" w:rsidR="00AA3959" w:rsidRDefault="00AA3959" w:rsidP="0033481B">
     <w:pPr>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A0807D9" w14:textId="77777777" w:rsidR="00AA3959" w:rsidRDefault="00AA3959" w:rsidP="00A85BD4">
     <w:pPr>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6A3F9D7C" w14:textId="3B1EC1C6" w:rsidR="00AE455A" w:rsidRPr="00E749B0" w:rsidRDefault="00AE455A" w:rsidP="00F8329A">
+  <w:p w14:paraId="6A3F9D7C" w14:textId="10E2FC0C" w:rsidR="00AE455A" w:rsidRPr="00E749B0" w:rsidRDefault="00BA614E" w:rsidP="00F8329A">
     <w:pPr>
       <w:pStyle w:val="mHeader"/>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:r w:rsidRPr="00E749B0">
       <w:t xml:space="preserve">MEASUREMENT SCIENCE REVIEW, </w:t>
     </w:r>
-    <w:r w:rsidR="00E66864">
+    <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>26</w:t>
     </w:r>
-    <w:r w:rsidR="00322E5F">
-[...12 lines deleted...]
-      <w:t>5</w:t>
+    <w:r>
+      <w:t>, (2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00E749B0">
       <w:t>), No. x, p1-p2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="679E5015" w14:textId="3A7F6D16" w:rsidR="00AA3959" w:rsidRPr="00E749B0" w:rsidRDefault="00AA3959" w:rsidP="00F8329A">
+  <w:p w14:paraId="679E5015" w14:textId="758E335E" w:rsidR="00AA3959" w:rsidRPr="00E749B0" w:rsidRDefault="00AA3959" w:rsidP="00F8329A">
     <w:pPr>
       <w:pStyle w:val="mHeader"/>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:r w:rsidRPr="0001466D">
       <w:t>MEASUREMENT</w:t>
     </w:r>
     <w:r w:rsidRPr="00E749B0">
       <w:t xml:space="preserve"> SCIENCE </w:t>
     </w:r>
     <w:r w:rsidRPr="005616F7">
       <w:t>REVIEW</w:t>
     </w:r>
     <w:r w:rsidRPr="00E749B0">
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00E66864">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0032378A">
+    <w:r w:rsidR="0011032C">
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00AA293A">
       <w:t>, (20</w:t>
     </w:r>
     <w:r w:rsidR="002868A1">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0032378A">
-      <w:t>5</w:t>
+    <w:r w:rsidR="0011032C">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00E749B0">
       <w:t xml:space="preserve">), </w:t>
     </w:r>
     <w:r w:rsidR="00D7720F">
       <w:t xml:space="preserve">No. x, </w:t>
     </w:r>
     <w:r w:rsidRPr="00E749B0">
       <w:t>p1-p2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="73F8FFFB" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="0033481B">
     <w:pPr>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="328131A0" w14:textId="77777777" w:rsidR="00E950DB" w:rsidRDefault="00E950DB" w:rsidP="00A85BD4">
     <w:pPr>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="45FAFDA6" w14:textId="77777777" w:rsidR="0060126B" w:rsidRPr="00E749B0" w:rsidRDefault="0060126B" w:rsidP="0060126B">
+  <w:p w14:paraId="45FAFDA6" w14:textId="1F829E5F" w:rsidR="0060126B" w:rsidRPr="00E749B0" w:rsidRDefault="0060126B" w:rsidP="0060126B">
     <w:pPr>
       <w:pStyle w:val="mHeader"/>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:r w:rsidRPr="00E749B0">
       <w:t xml:space="preserve">MEASUREMENT SCIENCE REVIEW, </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>25</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="0011032C">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
-      <w:t>, (2025</w:t>
+      <w:t>, (202</w:t>
+    </w:r>
+    <w:r w:rsidR="0011032C">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00E749B0">
       <w:t>), No. x, p1-p2</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="210270FD" w14:textId="4FF004F5" w:rsidR="00E950DB" w:rsidRPr="0060126B" w:rsidRDefault="00E950DB" w:rsidP="0060126B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="9329C702"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C19F0BD"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -9115,173 +9195,178 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="120"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3821" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049" style="mso-position-horizontal:center;mso-width-relative:margin;mso-height-relative:margin" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2NDU0Mza1MLU0NTc3MjRU0lEKTi0uzszPAykwrQUAJJ/gciwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2NDU0Mza1MLU0NTc3MjRU0lEKTi0uzszPAymwrAUAKNBV3iwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00826EC3"/>
     <w:rsid w:val="000009D2"/>
     <w:rsid w:val="00002181"/>
     <w:rsid w:val="0000361B"/>
     <w:rsid w:val="0000541D"/>
     <w:rsid w:val="00005DAD"/>
     <w:rsid w:val="000115F6"/>
     <w:rsid w:val="00012167"/>
     <w:rsid w:val="0001466D"/>
     <w:rsid w:val="00014B4B"/>
     <w:rsid w:val="00014BDF"/>
     <w:rsid w:val="00014FE0"/>
     <w:rsid w:val="00015969"/>
     <w:rsid w:val="000219B9"/>
     <w:rsid w:val="00021C98"/>
     <w:rsid w:val="00024278"/>
     <w:rsid w:val="000245F9"/>
     <w:rsid w:val="00024717"/>
     <w:rsid w:val="00024C8E"/>
     <w:rsid w:val="00026109"/>
     <w:rsid w:val="000271AE"/>
     <w:rsid w:val="0003039B"/>
     <w:rsid w:val="00030C8F"/>
     <w:rsid w:val="000360BC"/>
     <w:rsid w:val="000405AD"/>
     <w:rsid w:val="00040741"/>
     <w:rsid w:val="00040DCA"/>
     <w:rsid w:val="000415A6"/>
     <w:rsid w:val="00042396"/>
     <w:rsid w:val="0004254B"/>
     <w:rsid w:val="0004318A"/>
     <w:rsid w:val="00044CD0"/>
     <w:rsid w:val="000451A6"/>
     <w:rsid w:val="00045C20"/>
     <w:rsid w:val="0004657C"/>
     <w:rsid w:val="000479BA"/>
     <w:rsid w:val="00047DC4"/>
     <w:rsid w:val="00050D12"/>
+    <w:rsid w:val="00052AAA"/>
     <w:rsid w:val="00056553"/>
     <w:rsid w:val="00060E6B"/>
     <w:rsid w:val="00062A7C"/>
     <w:rsid w:val="00063D11"/>
     <w:rsid w:val="00066328"/>
     <w:rsid w:val="00071168"/>
     <w:rsid w:val="00071F4D"/>
     <w:rsid w:val="00072640"/>
     <w:rsid w:val="00072C41"/>
     <w:rsid w:val="0007348E"/>
     <w:rsid w:val="00073ECE"/>
     <w:rsid w:val="00076F49"/>
     <w:rsid w:val="0007717B"/>
     <w:rsid w:val="00077D71"/>
     <w:rsid w:val="00080CE0"/>
+    <w:rsid w:val="0008370D"/>
     <w:rsid w:val="00083F4A"/>
     <w:rsid w:val="0008403C"/>
     <w:rsid w:val="000847B0"/>
     <w:rsid w:val="00086BD2"/>
     <w:rsid w:val="00092DD4"/>
     <w:rsid w:val="00093442"/>
     <w:rsid w:val="00094655"/>
     <w:rsid w:val="00095393"/>
     <w:rsid w:val="000A010B"/>
     <w:rsid w:val="000A18F2"/>
     <w:rsid w:val="000A3A6B"/>
     <w:rsid w:val="000A3C27"/>
     <w:rsid w:val="000A4928"/>
     <w:rsid w:val="000A5991"/>
     <w:rsid w:val="000B037C"/>
     <w:rsid w:val="000B2BE3"/>
     <w:rsid w:val="000B47DB"/>
     <w:rsid w:val="000B615B"/>
     <w:rsid w:val="000C0450"/>
     <w:rsid w:val="000C2306"/>
     <w:rsid w:val="000C483A"/>
     <w:rsid w:val="000C51C6"/>
     <w:rsid w:val="000C6718"/>
     <w:rsid w:val="000D3FCE"/>
     <w:rsid w:val="000D6F51"/>
     <w:rsid w:val="000E01A7"/>
     <w:rsid w:val="000E10CA"/>
     <w:rsid w:val="000E7B0B"/>
     <w:rsid w:val="000F0AD8"/>
     <w:rsid w:val="000F0B94"/>
     <w:rsid w:val="000F4607"/>
     <w:rsid w:val="000F6A45"/>
     <w:rsid w:val="000F723F"/>
     <w:rsid w:val="000F7EB2"/>
     <w:rsid w:val="00101B66"/>
     <w:rsid w:val="00102956"/>
     <w:rsid w:val="00104559"/>
+    <w:rsid w:val="0011032C"/>
     <w:rsid w:val="00113BFB"/>
     <w:rsid w:val="00114149"/>
     <w:rsid w:val="0011607A"/>
     <w:rsid w:val="00120889"/>
     <w:rsid w:val="001300FA"/>
     <w:rsid w:val="00130F31"/>
     <w:rsid w:val="00133D7A"/>
     <w:rsid w:val="00135C9A"/>
     <w:rsid w:val="00136EEB"/>
     <w:rsid w:val="001371E4"/>
     <w:rsid w:val="001375E6"/>
     <w:rsid w:val="001413F6"/>
     <w:rsid w:val="0014148B"/>
     <w:rsid w:val="00141A12"/>
     <w:rsid w:val="0014329F"/>
     <w:rsid w:val="00143D00"/>
     <w:rsid w:val="001453B2"/>
     <w:rsid w:val="001461D0"/>
     <w:rsid w:val="0015205B"/>
     <w:rsid w:val="00153203"/>
     <w:rsid w:val="00154B4E"/>
     <w:rsid w:val="001562D3"/>
     <w:rsid w:val="001575A4"/>
     <w:rsid w:val="00161C0C"/>
     <w:rsid w:val="001710BE"/>
@@ -9294,182 +9379,189 @@
     <w:rsid w:val="00187138"/>
     <w:rsid w:val="00187A54"/>
     <w:rsid w:val="00190F47"/>
     <w:rsid w:val="00191965"/>
     <w:rsid w:val="0019216A"/>
     <w:rsid w:val="00195B43"/>
     <w:rsid w:val="001A0D1B"/>
     <w:rsid w:val="001A2FE6"/>
     <w:rsid w:val="001A4CAF"/>
     <w:rsid w:val="001A594B"/>
     <w:rsid w:val="001A6BC1"/>
     <w:rsid w:val="001B03E1"/>
     <w:rsid w:val="001B2A2C"/>
     <w:rsid w:val="001B2D88"/>
     <w:rsid w:val="001B56E1"/>
     <w:rsid w:val="001B5BDD"/>
     <w:rsid w:val="001B60E1"/>
     <w:rsid w:val="001B6FBE"/>
     <w:rsid w:val="001B787F"/>
     <w:rsid w:val="001C3489"/>
     <w:rsid w:val="001C3E37"/>
     <w:rsid w:val="001C5881"/>
     <w:rsid w:val="001C629F"/>
     <w:rsid w:val="001D050E"/>
     <w:rsid w:val="001D054A"/>
+    <w:rsid w:val="001D0627"/>
     <w:rsid w:val="001D0932"/>
     <w:rsid w:val="001D217D"/>
     <w:rsid w:val="001D249A"/>
     <w:rsid w:val="001D620E"/>
     <w:rsid w:val="001D7A42"/>
     <w:rsid w:val="001E767B"/>
     <w:rsid w:val="001E7F55"/>
     <w:rsid w:val="001F0954"/>
     <w:rsid w:val="001F13AF"/>
+    <w:rsid w:val="001F6835"/>
     <w:rsid w:val="001F7F3D"/>
     <w:rsid w:val="0020584A"/>
     <w:rsid w:val="00205E38"/>
     <w:rsid w:val="00206E45"/>
     <w:rsid w:val="0021000F"/>
     <w:rsid w:val="00212FBE"/>
     <w:rsid w:val="002172C1"/>
     <w:rsid w:val="00220361"/>
     <w:rsid w:val="002251EF"/>
     <w:rsid w:val="002255FF"/>
     <w:rsid w:val="002277AF"/>
     <w:rsid w:val="00230832"/>
     <w:rsid w:val="0023438C"/>
     <w:rsid w:val="00235EB8"/>
     <w:rsid w:val="0023613B"/>
     <w:rsid w:val="00236336"/>
     <w:rsid w:val="00236F76"/>
     <w:rsid w:val="002372A1"/>
     <w:rsid w:val="002407DD"/>
     <w:rsid w:val="00241A55"/>
     <w:rsid w:val="00243229"/>
     <w:rsid w:val="00244E44"/>
     <w:rsid w:val="00244FD0"/>
     <w:rsid w:val="00250B08"/>
     <w:rsid w:val="0025185E"/>
     <w:rsid w:val="00251AA6"/>
     <w:rsid w:val="0025277F"/>
     <w:rsid w:val="00252DA3"/>
     <w:rsid w:val="00254690"/>
+    <w:rsid w:val="002555A4"/>
     <w:rsid w:val="002556C2"/>
     <w:rsid w:val="00256FD1"/>
     <w:rsid w:val="00261F27"/>
     <w:rsid w:val="00263566"/>
     <w:rsid w:val="00264875"/>
     <w:rsid w:val="00265ED5"/>
     <w:rsid w:val="002674A2"/>
+    <w:rsid w:val="002674FA"/>
     <w:rsid w:val="00267717"/>
     <w:rsid w:val="00270BAC"/>
     <w:rsid w:val="002734BB"/>
     <w:rsid w:val="00273E2E"/>
     <w:rsid w:val="00274AEB"/>
     <w:rsid w:val="00274FD2"/>
     <w:rsid w:val="00276A8D"/>
     <w:rsid w:val="00277040"/>
     <w:rsid w:val="0027768A"/>
     <w:rsid w:val="00277906"/>
     <w:rsid w:val="00280319"/>
     <w:rsid w:val="0028126A"/>
     <w:rsid w:val="002816C1"/>
     <w:rsid w:val="00282477"/>
     <w:rsid w:val="00282AA8"/>
     <w:rsid w:val="00283192"/>
     <w:rsid w:val="00284A5D"/>
     <w:rsid w:val="002868A1"/>
     <w:rsid w:val="00287EAF"/>
     <w:rsid w:val="00290BBC"/>
     <w:rsid w:val="00292190"/>
     <w:rsid w:val="00295699"/>
     <w:rsid w:val="002A0116"/>
     <w:rsid w:val="002A12DC"/>
     <w:rsid w:val="002A6769"/>
+    <w:rsid w:val="002A6D00"/>
     <w:rsid w:val="002B04CC"/>
     <w:rsid w:val="002B0F01"/>
     <w:rsid w:val="002B1268"/>
     <w:rsid w:val="002B3456"/>
     <w:rsid w:val="002B53B9"/>
     <w:rsid w:val="002B55E8"/>
     <w:rsid w:val="002B5B2C"/>
     <w:rsid w:val="002B61F6"/>
     <w:rsid w:val="002C0400"/>
     <w:rsid w:val="002C1165"/>
     <w:rsid w:val="002C1FDD"/>
     <w:rsid w:val="002C28ED"/>
     <w:rsid w:val="002C44D6"/>
     <w:rsid w:val="002C4BA1"/>
     <w:rsid w:val="002C4EC5"/>
     <w:rsid w:val="002C5032"/>
     <w:rsid w:val="002C7A63"/>
     <w:rsid w:val="002D0319"/>
     <w:rsid w:val="002D1646"/>
     <w:rsid w:val="002D17C2"/>
     <w:rsid w:val="002D2361"/>
     <w:rsid w:val="002D2F0F"/>
     <w:rsid w:val="002D36B9"/>
     <w:rsid w:val="002D371E"/>
     <w:rsid w:val="002D37CE"/>
     <w:rsid w:val="002D49C8"/>
     <w:rsid w:val="002E18B3"/>
     <w:rsid w:val="002E4FFA"/>
     <w:rsid w:val="002E511E"/>
     <w:rsid w:val="002E5FD8"/>
     <w:rsid w:val="002E61A9"/>
+    <w:rsid w:val="002E6B6F"/>
     <w:rsid w:val="002F1F66"/>
     <w:rsid w:val="00300D2F"/>
     <w:rsid w:val="00307558"/>
     <w:rsid w:val="00312919"/>
     <w:rsid w:val="003135AA"/>
     <w:rsid w:val="00314B43"/>
     <w:rsid w:val="0031773A"/>
     <w:rsid w:val="0032210C"/>
     <w:rsid w:val="00322E5F"/>
     <w:rsid w:val="0032378A"/>
     <w:rsid w:val="00324A3B"/>
     <w:rsid w:val="00326580"/>
     <w:rsid w:val="003308E9"/>
     <w:rsid w:val="00330FF8"/>
     <w:rsid w:val="0033201D"/>
     <w:rsid w:val="0033237C"/>
     <w:rsid w:val="00333686"/>
     <w:rsid w:val="00333B40"/>
     <w:rsid w:val="0033481B"/>
     <w:rsid w:val="003366EC"/>
     <w:rsid w:val="00342DF5"/>
     <w:rsid w:val="00342F6C"/>
     <w:rsid w:val="00346146"/>
     <w:rsid w:val="0035369E"/>
     <w:rsid w:val="00353C37"/>
     <w:rsid w:val="00365653"/>
     <w:rsid w:val="00370637"/>
     <w:rsid w:val="00373915"/>
     <w:rsid w:val="00375413"/>
     <w:rsid w:val="00375707"/>
     <w:rsid w:val="00375A99"/>
+    <w:rsid w:val="00375E32"/>
     <w:rsid w:val="00380347"/>
     <w:rsid w:val="003809E1"/>
     <w:rsid w:val="003826C4"/>
     <w:rsid w:val="003833D1"/>
     <w:rsid w:val="00384EB8"/>
     <w:rsid w:val="003907DD"/>
     <w:rsid w:val="003914DB"/>
     <w:rsid w:val="00392035"/>
     <w:rsid w:val="003973A4"/>
     <w:rsid w:val="003A0747"/>
     <w:rsid w:val="003A17A9"/>
     <w:rsid w:val="003A200E"/>
     <w:rsid w:val="003A27AE"/>
     <w:rsid w:val="003A6D2C"/>
     <w:rsid w:val="003B0E87"/>
     <w:rsid w:val="003B111E"/>
     <w:rsid w:val="003B1454"/>
     <w:rsid w:val="003B1EB6"/>
     <w:rsid w:val="003B5BDE"/>
     <w:rsid w:val="003B5D40"/>
     <w:rsid w:val="003B6FEA"/>
     <w:rsid w:val="003B7C37"/>
     <w:rsid w:val="003C0102"/>
     <w:rsid w:val="003C4DE6"/>
     <w:rsid w:val="003C5D19"/>
@@ -9663,50 +9755,51 @@
     <w:rsid w:val="006563D3"/>
     <w:rsid w:val="006569E6"/>
     <w:rsid w:val="00656F5E"/>
     <w:rsid w:val="00662874"/>
     <w:rsid w:val="0066325D"/>
     <w:rsid w:val="00663665"/>
     <w:rsid w:val="00664E84"/>
     <w:rsid w:val="00665619"/>
     <w:rsid w:val="006658C3"/>
     <w:rsid w:val="00666092"/>
     <w:rsid w:val="0066780F"/>
     <w:rsid w:val="00667B3D"/>
     <w:rsid w:val="00667D46"/>
     <w:rsid w:val="006702F2"/>
     <w:rsid w:val="006713F2"/>
     <w:rsid w:val="00673B46"/>
     <w:rsid w:val="00675E3B"/>
     <w:rsid w:val="00676596"/>
     <w:rsid w:val="00677139"/>
     <w:rsid w:val="00677E3C"/>
     <w:rsid w:val="00680CD1"/>
     <w:rsid w:val="00680FD2"/>
     <w:rsid w:val="00681911"/>
     <w:rsid w:val="0068434A"/>
     <w:rsid w:val="00686E54"/>
+    <w:rsid w:val="0069185D"/>
     <w:rsid w:val="00693957"/>
     <w:rsid w:val="00693975"/>
     <w:rsid w:val="00695044"/>
     <w:rsid w:val="006A298C"/>
     <w:rsid w:val="006A3C45"/>
     <w:rsid w:val="006A6753"/>
     <w:rsid w:val="006A72C9"/>
     <w:rsid w:val="006B127A"/>
     <w:rsid w:val="006B5105"/>
     <w:rsid w:val="006B53A7"/>
     <w:rsid w:val="006B65BA"/>
     <w:rsid w:val="006B6F8B"/>
     <w:rsid w:val="006C57D1"/>
     <w:rsid w:val="006C7339"/>
     <w:rsid w:val="006D0080"/>
     <w:rsid w:val="006D02DD"/>
     <w:rsid w:val="006D2843"/>
     <w:rsid w:val="006D4495"/>
     <w:rsid w:val="006D5ED1"/>
     <w:rsid w:val="006E1C8D"/>
     <w:rsid w:val="006E28EE"/>
     <w:rsid w:val="006E2AA4"/>
     <w:rsid w:val="006E6051"/>
     <w:rsid w:val="006E771F"/>
     <w:rsid w:val="006F112F"/>
@@ -10051,50 +10144,51 @@
     <w:rsid w:val="00B436AA"/>
     <w:rsid w:val="00B45B14"/>
     <w:rsid w:val="00B50961"/>
     <w:rsid w:val="00B53423"/>
     <w:rsid w:val="00B55567"/>
     <w:rsid w:val="00B5559D"/>
     <w:rsid w:val="00B564D1"/>
     <w:rsid w:val="00B575B3"/>
     <w:rsid w:val="00B614E7"/>
     <w:rsid w:val="00B64F03"/>
     <w:rsid w:val="00B66A2F"/>
     <w:rsid w:val="00B72D75"/>
     <w:rsid w:val="00B72F60"/>
     <w:rsid w:val="00B730C8"/>
     <w:rsid w:val="00B749A7"/>
     <w:rsid w:val="00B76602"/>
     <w:rsid w:val="00B771B4"/>
     <w:rsid w:val="00B81F79"/>
     <w:rsid w:val="00B86EEB"/>
     <w:rsid w:val="00B921C8"/>
     <w:rsid w:val="00B93607"/>
     <w:rsid w:val="00B96C97"/>
     <w:rsid w:val="00B97D44"/>
     <w:rsid w:val="00BA451E"/>
     <w:rsid w:val="00BA57DA"/>
+    <w:rsid w:val="00BA614E"/>
     <w:rsid w:val="00BA7CB5"/>
     <w:rsid w:val="00BB033B"/>
     <w:rsid w:val="00BB0540"/>
     <w:rsid w:val="00BB0E50"/>
     <w:rsid w:val="00BB1D26"/>
     <w:rsid w:val="00BC1F70"/>
     <w:rsid w:val="00BC2AC1"/>
     <w:rsid w:val="00BC503B"/>
     <w:rsid w:val="00BD1FCA"/>
     <w:rsid w:val="00BD22C9"/>
     <w:rsid w:val="00BD28C4"/>
     <w:rsid w:val="00BD2AEA"/>
     <w:rsid w:val="00BD3387"/>
     <w:rsid w:val="00BD3A8E"/>
     <w:rsid w:val="00BD3EBD"/>
     <w:rsid w:val="00BD5C0B"/>
     <w:rsid w:val="00BD73AE"/>
     <w:rsid w:val="00BE0C0B"/>
     <w:rsid w:val="00BE1A2F"/>
     <w:rsid w:val="00BE384B"/>
     <w:rsid w:val="00BE543F"/>
     <w:rsid w:val="00BE6150"/>
     <w:rsid w:val="00BE65F6"/>
     <w:rsid w:val="00BE726B"/>
     <w:rsid w:val="00BF4FC4"/>
@@ -10139,165 +10233,174 @@
     <w:rsid w:val="00C814A5"/>
     <w:rsid w:val="00C84A19"/>
     <w:rsid w:val="00C87F5C"/>
     <w:rsid w:val="00C87FA9"/>
     <w:rsid w:val="00C910AB"/>
     <w:rsid w:val="00C9232A"/>
     <w:rsid w:val="00C924A3"/>
     <w:rsid w:val="00C929AF"/>
     <w:rsid w:val="00C939B6"/>
     <w:rsid w:val="00C93F85"/>
     <w:rsid w:val="00C95EF0"/>
     <w:rsid w:val="00C9733A"/>
     <w:rsid w:val="00CA01FC"/>
     <w:rsid w:val="00CA0A43"/>
     <w:rsid w:val="00CA0C90"/>
     <w:rsid w:val="00CA206E"/>
     <w:rsid w:val="00CA6D2E"/>
     <w:rsid w:val="00CA70DE"/>
     <w:rsid w:val="00CA72FF"/>
     <w:rsid w:val="00CA7934"/>
     <w:rsid w:val="00CA7B5A"/>
     <w:rsid w:val="00CB0748"/>
     <w:rsid w:val="00CB0E5C"/>
     <w:rsid w:val="00CB468B"/>
     <w:rsid w:val="00CB46A3"/>
+    <w:rsid w:val="00CB4A78"/>
     <w:rsid w:val="00CB5467"/>
     <w:rsid w:val="00CB6996"/>
     <w:rsid w:val="00CC247D"/>
     <w:rsid w:val="00CC50BC"/>
     <w:rsid w:val="00CC5385"/>
     <w:rsid w:val="00CC6BA8"/>
     <w:rsid w:val="00CD2E2B"/>
     <w:rsid w:val="00CD3846"/>
     <w:rsid w:val="00CE055B"/>
     <w:rsid w:val="00CE0D21"/>
     <w:rsid w:val="00CE0EB9"/>
     <w:rsid w:val="00CE1377"/>
     <w:rsid w:val="00CE17FB"/>
     <w:rsid w:val="00CE622F"/>
     <w:rsid w:val="00CE7D7D"/>
     <w:rsid w:val="00CF1859"/>
     <w:rsid w:val="00CF1C50"/>
     <w:rsid w:val="00CF4338"/>
     <w:rsid w:val="00CF498F"/>
     <w:rsid w:val="00CF7591"/>
     <w:rsid w:val="00D00B61"/>
     <w:rsid w:val="00D03A03"/>
     <w:rsid w:val="00D03F0D"/>
     <w:rsid w:val="00D043CD"/>
     <w:rsid w:val="00D06410"/>
     <w:rsid w:val="00D071F2"/>
     <w:rsid w:val="00D0725F"/>
+    <w:rsid w:val="00D11184"/>
     <w:rsid w:val="00D1205E"/>
     <w:rsid w:val="00D145A4"/>
     <w:rsid w:val="00D15454"/>
     <w:rsid w:val="00D17CE9"/>
     <w:rsid w:val="00D2326A"/>
     <w:rsid w:val="00D23688"/>
     <w:rsid w:val="00D239BB"/>
     <w:rsid w:val="00D30E4A"/>
     <w:rsid w:val="00D331A0"/>
+    <w:rsid w:val="00D33267"/>
     <w:rsid w:val="00D3395F"/>
     <w:rsid w:val="00D37B56"/>
+    <w:rsid w:val="00D408C5"/>
     <w:rsid w:val="00D4170C"/>
     <w:rsid w:val="00D41B58"/>
     <w:rsid w:val="00D430A5"/>
     <w:rsid w:val="00D43727"/>
     <w:rsid w:val="00D518CB"/>
     <w:rsid w:val="00D52134"/>
     <w:rsid w:val="00D52266"/>
+    <w:rsid w:val="00D52FBB"/>
     <w:rsid w:val="00D54096"/>
     <w:rsid w:val="00D5468D"/>
     <w:rsid w:val="00D55AD6"/>
     <w:rsid w:val="00D56CFA"/>
     <w:rsid w:val="00D61183"/>
+    <w:rsid w:val="00D6552F"/>
     <w:rsid w:val="00D67622"/>
     <w:rsid w:val="00D7112A"/>
     <w:rsid w:val="00D71C09"/>
     <w:rsid w:val="00D72B94"/>
     <w:rsid w:val="00D737B5"/>
     <w:rsid w:val="00D73D40"/>
     <w:rsid w:val="00D74EE8"/>
     <w:rsid w:val="00D755F7"/>
     <w:rsid w:val="00D7720F"/>
     <w:rsid w:val="00D828FC"/>
     <w:rsid w:val="00D90987"/>
     <w:rsid w:val="00D90CD8"/>
+    <w:rsid w:val="00D928A7"/>
     <w:rsid w:val="00D92F61"/>
     <w:rsid w:val="00D9598A"/>
     <w:rsid w:val="00DA163F"/>
     <w:rsid w:val="00DA2D3F"/>
     <w:rsid w:val="00DA34B8"/>
     <w:rsid w:val="00DA362E"/>
     <w:rsid w:val="00DA586D"/>
     <w:rsid w:val="00DA5F7C"/>
     <w:rsid w:val="00DA7E4F"/>
     <w:rsid w:val="00DB13A8"/>
     <w:rsid w:val="00DB64C4"/>
     <w:rsid w:val="00DB6BF6"/>
     <w:rsid w:val="00DB6E96"/>
     <w:rsid w:val="00DB77C2"/>
     <w:rsid w:val="00DB7C81"/>
     <w:rsid w:val="00DC33C4"/>
     <w:rsid w:val="00DC383C"/>
     <w:rsid w:val="00DC4AC3"/>
     <w:rsid w:val="00DC6E24"/>
     <w:rsid w:val="00DD04C9"/>
     <w:rsid w:val="00DD1686"/>
     <w:rsid w:val="00DD208F"/>
     <w:rsid w:val="00DD4DA8"/>
     <w:rsid w:val="00DD52E1"/>
     <w:rsid w:val="00DD5D27"/>
     <w:rsid w:val="00DD7D30"/>
     <w:rsid w:val="00DE1299"/>
     <w:rsid w:val="00DE437D"/>
     <w:rsid w:val="00DE7E95"/>
     <w:rsid w:val="00DF0DC5"/>
     <w:rsid w:val="00DF11E0"/>
     <w:rsid w:val="00DF325B"/>
     <w:rsid w:val="00DF3344"/>
     <w:rsid w:val="00DF7448"/>
     <w:rsid w:val="00E0392E"/>
     <w:rsid w:val="00E03B32"/>
     <w:rsid w:val="00E0519F"/>
     <w:rsid w:val="00E055BA"/>
     <w:rsid w:val="00E12A96"/>
     <w:rsid w:val="00E137E8"/>
     <w:rsid w:val="00E13B51"/>
     <w:rsid w:val="00E1414E"/>
     <w:rsid w:val="00E205A0"/>
     <w:rsid w:val="00E213BE"/>
     <w:rsid w:val="00E221AB"/>
     <w:rsid w:val="00E22CCD"/>
     <w:rsid w:val="00E2486C"/>
+    <w:rsid w:val="00E251F9"/>
     <w:rsid w:val="00E26A9D"/>
     <w:rsid w:val="00E307DA"/>
     <w:rsid w:val="00E319AB"/>
     <w:rsid w:val="00E371A6"/>
     <w:rsid w:val="00E41F5C"/>
     <w:rsid w:val="00E4272D"/>
+    <w:rsid w:val="00E42783"/>
     <w:rsid w:val="00E439B6"/>
     <w:rsid w:val="00E455C4"/>
     <w:rsid w:val="00E4676F"/>
     <w:rsid w:val="00E51050"/>
     <w:rsid w:val="00E52154"/>
     <w:rsid w:val="00E56468"/>
     <w:rsid w:val="00E5793A"/>
     <w:rsid w:val="00E60C9D"/>
     <w:rsid w:val="00E60CF3"/>
     <w:rsid w:val="00E62571"/>
     <w:rsid w:val="00E631CE"/>
     <w:rsid w:val="00E65D9C"/>
     <w:rsid w:val="00E66864"/>
     <w:rsid w:val="00E734C7"/>
     <w:rsid w:val="00E738E6"/>
     <w:rsid w:val="00E749B0"/>
     <w:rsid w:val="00E75864"/>
     <w:rsid w:val="00E75E34"/>
     <w:rsid w:val="00E761E0"/>
     <w:rsid w:val="00E802BB"/>
     <w:rsid w:val="00E83038"/>
     <w:rsid w:val="00E859EA"/>
     <w:rsid w:val="00E90259"/>
     <w:rsid w:val="00E906DD"/>
     <w:rsid w:val="00E92075"/>
@@ -10318,50 +10421,51 @@
     <w:rsid w:val="00EC2132"/>
     <w:rsid w:val="00EC5875"/>
     <w:rsid w:val="00EC6D20"/>
     <w:rsid w:val="00EC7A26"/>
     <w:rsid w:val="00ED132D"/>
     <w:rsid w:val="00ED40F2"/>
     <w:rsid w:val="00ED4CD5"/>
     <w:rsid w:val="00ED6CC2"/>
     <w:rsid w:val="00ED7CB1"/>
     <w:rsid w:val="00EE2A47"/>
     <w:rsid w:val="00EE3557"/>
     <w:rsid w:val="00EE4087"/>
     <w:rsid w:val="00EE59AD"/>
     <w:rsid w:val="00EF00E5"/>
     <w:rsid w:val="00EF2373"/>
     <w:rsid w:val="00EF35E4"/>
     <w:rsid w:val="00EF3F04"/>
     <w:rsid w:val="00EF4F8D"/>
     <w:rsid w:val="00F02870"/>
     <w:rsid w:val="00F02D91"/>
     <w:rsid w:val="00F04140"/>
     <w:rsid w:val="00F05709"/>
     <w:rsid w:val="00F072FE"/>
     <w:rsid w:val="00F07ED5"/>
     <w:rsid w:val="00F12050"/>
+    <w:rsid w:val="00F12468"/>
     <w:rsid w:val="00F13530"/>
     <w:rsid w:val="00F1536B"/>
     <w:rsid w:val="00F15ABF"/>
     <w:rsid w:val="00F2185E"/>
     <w:rsid w:val="00F22366"/>
     <w:rsid w:val="00F226FF"/>
     <w:rsid w:val="00F256B2"/>
     <w:rsid w:val="00F26FDA"/>
     <w:rsid w:val="00F2796F"/>
     <w:rsid w:val="00F308BB"/>
     <w:rsid w:val="00F30BFB"/>
     <w:rsid w:val="00F3109C"/>
     <w:rsid w:val="00F31836"/>
     <w:rsid w:val="00F32881"/>
     <w:rsid w:val="00F33552"/>
     <w:rsid w:val="00F36AC2"/>
     <w:rsid w:val="00F37859"/>
     <w:rsid w:val="00F4287F"/>
     <w:rsid w:val="00F42AE7"/>
     <w:rsid w:val="00F431B7"/>
     <w:rsid w:val="00F43B57"/>
     <w:rsid w:val="00F44330"/>
     <w:rsid w:val="00F44F22"/>
     <w:rsid w:val="00F45FFA"/>
     <w:rsid w:val="00F479E4"/>
@@ -10421,51 +10525,50 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049" style="mso-position-horizontal:center;mso-width-relative:margin;mso-height-relative:margin" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6344B588"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F23465E8-E670-4C7A-B453-242C22DF89E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sk-SK" w:eastAsia="sk-SK" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11618,80 +11721,80 @@
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BD22C9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="mListiii">
     <w:name w:val="m_List_iii"/>
     <w:basedOn w:val="mList123"/>
     <w:qFormat/>
     <w:rsid w:val="00A631D8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:ind w:left="397" w:hanging="85"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mParagraphWithFigure">
-    <w:name w:val="m_ParagraphWithFigure"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mFigure">
+    <w:name w:val="m_Figure"/>
     <w:basedOn w:val="mText"/>
     <w:qFormat/>
     <w:rsid w:val="00BE543F"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="mCaptionSubFigure">
     <w:name w:val="m_CaptionSubFigure"/>
     <w:basedOn w:val="mCaptionFigureSingleLine"/>
     <w:qFormat/>
     <w:rsid w:val="00C11358"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mParagraphWitSubFigure">
-[...1 lines deleted...]
-    <w:basedOn w:val="mParagraphWithFigure"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="mSubFigure">
+    <w:name w:val="m_SubFigure"/>
+    <w:basedOn w:val="mFigure"/>
     <w:qFormat/>
     <w:rsid w:val="00AC0D19"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="mProof">
     <w:name w:val="m_Proof"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008479CD"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
@@ -11767,62 +11870,50 @@
     <w:basedOn w:val="mCaptionFigureSingleLine"/>
     <w:qFormat/>
     <w:rsid w:val="002C1FDD"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="mCaptionTableMultiLines">
     <w:name w:val="m_CaptionTable_MultiLines"/>
     <w:basedOn w:val="mCaptionTableSingleLine"/>
     <w:qFormat/>
     <w:rsid w:val="002C1FDD"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00282AA8"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="IEEEBullet1">
     <w:name w:val="IEEE Bullet 1"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="00547E6F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE437D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
@@ -12114,59 +12205,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2030333118">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:authorC@institution.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/5.771073" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:authorB@institution.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cas.usf.edu/english/walker/apa.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10048-011-0030-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:authorA@institution.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/5.771073" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tiff"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/5.771073" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.sciendo.com/view/journals/msr/msr-overview.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10048-011-0030-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.sciendo.com/view/journals/msr/msr-overview.xml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:authorC@institution.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/5.771073" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:authorB@institution.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cas.usf.edu/english/walker/apa.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10048-011-0030-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:authorA@institution.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/5.771073" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/5.771073" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reference-global.com/journal/MSR" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10048-011-0030-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reference-global.com/journal/MSR" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx/doi/org/10.2478/mr-2025-00xx" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iondr\Desktop\_____SAV%202021%201%20februar%202022\SAV21%20MSR%20-%20OJS\__templates%20MSR%20a%20Measurement\template%20FINAL%20MSR%20a%20M\_MSR2022%20template%20styly4b%20-%20Code.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/msr-2025-00xx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motív Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12438,85 +12525,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F9F5CDD-B8DB-4D7B-AD39-35C9EACF6B68}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>_MSR2022 template styly4b - Code.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2054</Words>
-  <Characters>11711</Characters>
+  <Words>2057</Words>
+  <Characters>11727</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>97</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Preparation of Papers for Measurement Science Review</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UMSAV</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13738</CharactersWithSpaces>
+  <CharactersWithSpaces>13757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>7864356</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.measurement.sk/Instructions.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3276861</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -12575,44 +12655,35 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://content.sciendo.com/view/journals/msr/msr-overview.xml</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MSR_Template_2023_Word</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>iondr</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>